--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -156,51 +156,51 @@
   <si>
     <t>Institui o Código de conduta e ética dos servidores de Câmara Municipal de Querência e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 2 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a instauração e os  procedimentos da Sindicância e Processo Administrativo Disciplinar (PAD) no âmbito da Câmara Municipal de Querência e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 2 de 2026</t>
   </si>
   <si>
     <t>Gilmar Reinoldo Wentz - Prefeito Municipal</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do lotacionograma do Município de Querência MT e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3 de 2026</t>
   </si>
   <si>
-    <t>Revoga a lei Municipal de nº1.645/2025 e altera a Lei Municipal de nº 355/2005 que dispõe sobre a reestruturação do regime próprio de previdência social do Município de Querência.</t>
+    <t>Revoga a Lei Municipal de nº1.645/2025 e altera a Lei Municipal de nº 355/2005 que dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Querência.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 2 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de funções gratificadas no âmbito da Câmara Municipal de Querência, estado de Mato Grosso, e dá outras providencias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>