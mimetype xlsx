--- v0 (2025-11-10)
+++ v1 (2026-03-23)
@@ -69,69 +69,69 @@
   <si>
     <t>Resolução nº 5 de 2025</t>
   </si>
   <si>
     <t>Altera o artigo 53 do Regimento Interno da Câmara de vereadores de Querência MT-(Resolução 01/2015).</t>
   </si>
   <si>
     <t>Proposição aprovada em segunda discussão</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 33 de 2025</t>
   </si>
   <si>
     <t>Gilmar Reinoldo Wentz - Prefeito Municipal</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Querência do Estado de Mato Grosso para o Quadriénio 2026/2029</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 18 de 2025</t>
   </si>
   <si>
     <t>Beatriz  Steffen</t>
   </si>
   <si>
-    <t>Emenda modificativa ao PLO de nº33/2025</t>
+    <t>Emenda modificativa ao PLO de nº33/2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 34 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 17 de 2025</t>
   </si>
   <si>
-    <t>Emenda modificativa ao PLO de nº34/2025</t>
+    <t>Emenda modificativa ao PLO de nº34/2025.</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 12 de 2025</t>
   </si>
   <si>
-    <t>Emenda aditiva ao PLO de nº34/2025</t>
+    <t>Emenda aditiva ao PLO de nº34/2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 35 de 2025</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Querência/MT, para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 11 de 2025</t>
   </si>
   <si>
     <t>Emenda aditiva ao PLO de nº35/2025</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 10 de 2025</t>
   </si>
   <si>
     <t>Mestre Dragão</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título cidadania querenciana ao Senhor Waldir Angelino Frizon.</t>
   </si>
   <si>
     <t>Proposição aprovada</t>
   </si>