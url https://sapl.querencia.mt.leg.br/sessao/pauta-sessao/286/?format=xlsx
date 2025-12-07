--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento de Retirada de Matéria de Tramitação nº 3 de 2025</t>
   </si>
   <si>
-    <t>Com base no Ofício nº GPQ 308/2025, foi solicitada a retirada do Projeto de Lei Ordinária nº 27/2025, de autoria do Poder Executivo, que dispõe sobre a instituição da Bonificação por Resultados aos professores do Ensino Fundamental I das Unidades Educacionais da Rede Pública Municipal de Ensino de Querência – MT, e dá outras providências.</t>
+    <t>Ofício nº GPQ 308/2025, foi solicitada a retirada do Projeto de Lei Ordinária nº 27/2025, de autoria do Poder Executivo, que dispõe sobre a instituição da Bonificação por Resultados aos professores do Ensino Fundamental I das Unidades Educacionais da Rede Pública Municipal de Ensino de Querência – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada</t>
   </si>
   <si>
     <t>Indicação nº 81 de 2025</t>
   </si>
   <si>
     <t>Beatriz  Steffen</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para viabilizar a iluminação na Avenida Leste sentido Jardim Bela Vista próximo aos condomínios da cidade.</t>
   </si>
   <si>
     <t>Indicação nº 82 de 2025</t>
   </si>
   <si>
     <t>Dra. Alexandra</t>
   </si>
   <si>
     <t>Indico para que providencie a fiscalização e o cumprimento efetivo da lei municipal que proíbe a queima de fogos de artifícios com estampido no Município de Querência MT</t>
   </si>
   <si>
     <t>Indicação nº 83 de 2025</t>
   </si>
@@ -93,132 +93,132 @@
   <si>
     <t>Indico ao Poder Executivo para que  providencie a viabilidade de intensificar a fiscalização realizada pelos departamentos de obras e posturas, meio ambiente e vigilância sanitária, com o objetivo de garantir maior eficiência no cumprimento das normas municipais, ambientais e de saúde pública, bem como orientar que os fiscais  atuem com maior cordialidade, educação e respeito no atendimento à população.</t>
   </si>
   <si>
     <t>Indicação nº 85 de 2025</t>
   </si>
   <si>
     <t>Dr. Rogério</t>
   </si>
   <si>
     <t>Indica ao Poder executivo para que seja realizado estudo técnico visando a construção de uma quadra de areia no setor Greenville, bem como a implantação de um campo de futebol society e uma quadra de areia no Setor Bela Vista.</t>
   </si>
   <si>
     <t>Indicação nº 86 de 2025</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja implantado um programa de educação financeira destinado aos alunos do 1º a 5º ano do ensino Fundamental nas escola da rede municipal de ensino.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica nº 1 de 2025</t>
   </si>
   <si>
-    <t>Luiz Vezaro</t>
-[...2 lines deleted...]
-    <t>Emenda Lei  orgânica - Acrescenta os incisos I, II e III, altera os §1º §2º e § 3º, e acrescenta os § 4º do art. 102 e acrescenta-se o Art. 102- A da Lei Orgânica de Querência, e da´outras providências.</t>
+    <t>Adeal Carneiro,Andre Silva,Auri Kolling,Beatriz  Steffen,Divino Goiamat,Keila Marques,Luiz Vezaro,Mestre Dragão,Subtenente Hernane,Valneis Enfermeiro,Wilians da Saúde</t>
+  </si>
+  <si>
+    <t>Emenda Lei  Orgânica - Acrescenta os incisos I, II e III, altera os §1º §2º e § 3º, e acrescenta os § 4º do art. 102 e acrescenta-se o Art. 102- A da Lei Orgânica de Querência, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
   <si>
     <t>Resolução nº 5 de 2025</t>
   </si>
   <si>
     <t>Altera o artigo 53 do Regimento Interno da Câmara de vereadores de Querência MT-(Resolução 01/2015).</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 18 de 2025</t>
   </si>
   <si>
     <t>Institui a Política Municipal de bem-estar do profissional da educação, estabelece diretrizes, objetivos e instrumentos, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 19 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de equipe de trabalho para elaboração do Plano Municipal de ações e atividades para o fortalecimento do setor comercial de Querência e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 20 de 2025</t>
   </si>
   <si>
     <t>Institui a Política Municipal de incentivo às compras no comércio local, cria o Programa "Compra Querência" e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 2 de 2025</t>
   </si>
   <si>
     <t>Subtenente Hernane</t>
   </si>
   <si>
-    <t>Dispõe sobre a concessão de título de cidadania Querenciana ao senhor Anderson Lopes Alves.</t>
+    <t>Dispõe sobre a concessão de título de cidadania Querenciana ao Senhor Anderson Lopes Alves.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 3 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania Querenciana ao Comandante da 19ª CIPM - Querência, senhor Diogo Oliveira Pimenta.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 4 de 2025</t>
   </si>
   <si>
-    <t>Keila Marques</t>
-[...2 lines deleted...]
-    <t>Dispõe sobre a concessão de título de cidadania querenciana ao senhor Genésio Zatt Falabretti.</t>
+    <t>Keila Marques,Luiz Vezaro</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadania querenciana ao Senhor Genésio Zatt Falabretti.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 5 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre a concessão de título de cidadania querenciana ao senhor Valdir Luiz Bissolotti.</t>
+    <t>Dispõe sobre a concessão de título de cidadania querenciana ao Senhor Valdir Luiz Bissolotti.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 6 de 2025</t>
   </si>
   <si>
     <t>Divino Goiamat</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania querenciana ao Pastor Nelson Ferreira Neves.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 7 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre a concessão de título de cidadania Querenciana para o Senhor Valério Fernandes dos Santos da Silva.</t>
+    <t>Dispõe sobre a concessão de título de cidadania Querenciana ao Senhor Valério Fernandes dos Santos da Silva.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 8 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre a concessão de título de cidadania Querenciana para a Senhora Rosalina Fernandes.</t>
+    <t>Dispõe sobre a concessão de título de cidadania Querenciana  à Senhora Rosalina Fernandes.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 9 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania Querenciana à Senhora Rosita Maria Hahn.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -525,51 +525,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="59" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="153.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">