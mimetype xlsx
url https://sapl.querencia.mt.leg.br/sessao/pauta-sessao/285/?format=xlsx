--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -159,51 +159,51 @@
   <si>
     <t>Relatório Circunstanciado nº 1 de 2025</t>
   </si>
   <si>
     <t>Luiz Vezaro,Adeal Carneiro,Andre Silva,Beatriz  Steffen,Divino Goiamat,Dra. Alexandra,Dr. Rogério,Keila Marques,Mestre Dragão,Subtenente Hernane,Valneis Enfermeiro</t>
   </si>
   <si>
     <t>Relatório circunstanciado ao procedimento de apuração do requerimento de nº 05/2025. Objeto Prestação de Contas do I Simpósio Agropecuário - Expoquer 2025</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 33 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Querência do Estado de Mato Grosso para o Quadriénio 2026/2029</t>
   </si>
   <si>
     <t>Proposição distribuída às comissões</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 34 de 2025</t>
   </si>
   <si>
-    <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentaria Anual de 2025 e dá outras providências.</t>
+    <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 35 de 2025</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Querência/MT, para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 36 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de áreas de terras do município de Querência e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>