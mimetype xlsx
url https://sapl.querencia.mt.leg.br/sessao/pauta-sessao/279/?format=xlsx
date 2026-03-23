--- v0 (2025-10-12)
+++ v1 (2026-03-23)
@@ -108,51 +108,51 @@
   <si>
     <t>Altera a Lei Municipal de nº 1.505/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 26 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de segurança alimentar e nutricional e da Câmara municipal intersetorial de segurança alimentar e nutricional do município de Querência, Estado de Mato Grosso, no âmbito do Sistema nacional de segurança alimentar e nutricional-SISAN.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 28 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos professores vinculados a Secretaria Municipal de Educação, pertencentes ao quadro de servidores do Munícipio de Querência MT.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 2 de 2025</t>
   </si>
   <si>
     <t>Estabelece o Plano de Cargos, Carreiras e Vencimentos dos Agentes Comunitários de Saúde - ACS e Agentes de Combate às Endemias - ACE, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 3 de 2025</t>
   </si>
   <si>
-    <t>Alterar a lei Complementar  de nº 097/2017 que dispõe sobre a reforma da estrutura administrativa organizacional da Prefeitura Municipal de Querência MT e dá outras providências.</t>
+    <t>Alterar a Lei Complementar Nº 097/2017 que dispõe sobre a reforma da estrutura administrativa organizacional da Prefeitura Municipal de Querência MT e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 13 de 2025</t>
   </si>
   <si>
     <t>Luiz Vezaro</t>
   </si>
   <si>
     <t>Institui no município de Querência-MT a semana de Conscientização Eleitoral.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 14 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação periódica da demanda atendida e da lista de espera por vagas nas creches da rede pública municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>