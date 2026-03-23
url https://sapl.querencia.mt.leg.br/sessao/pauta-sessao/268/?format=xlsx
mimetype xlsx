--- v0 (2025-10-08)
+++ v1 (2026-03-23)
@@ -48,51 +48,51 @@
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Contas Anuais de Governo nº 1 de 2024</t>
   </si>
   <si>
     <t>Tribunal de Contas - TCE</t>
   </si>
   <si>
     <t>Ofício 689/2024/GAVBPRES TCE _ Processo nº 53.732-2/2023- Contas Anuais de Governo - exercício de 2023</t>
   </si>
   <si>
     <t>Aguardando distribuição para comissões.</t>
   </si>
   <si>
     <t>Relatório Preliminar da Comissão Processante nº 1 de 2025</t>
   </si>
   <si>
-    <t>CP - Comissão Parlamentar de Inquérito</t>
+    <t>CPI - Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
     <t>Relatório final da CPI01/2024</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 3 de 2024</t>
   </si>
   <si>
     <t>Fernando Gorgen - Prefeito Municipal</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais residenciais de interesse social no âmbito do Programa minha casa minha Vida.</t>
   </si>
   <si>
     <t>Resolução nº 1 de 2025</t>
   </si>
   <si>
     <t>Jean do Coutinho</t>
   </si>
   <si>
     <t>Aprova a prestação de contas do exercício de 2023, mantendo-se o Parecer Prévio do Tribunal de Contas do Estado de Mato Grosso.</t>
   </si>
@@ -423,51 +423,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="52.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="36.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="182" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">