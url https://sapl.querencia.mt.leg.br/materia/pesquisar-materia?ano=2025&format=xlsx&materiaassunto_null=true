--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -669,51 +669,51 @@
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2025/3798/plc_04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a planta genérica de valores por metros quadrado de terreno, edificações de seus fatores corretivos e da formula de cálculo para o  de lançamento dos tributos do município, nos termos do parágrafo 1º  do artigo 423 da lei complementar nº de  dezembro de 2018- código tributário municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2025/3797/plc_05.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da lei complementar  nº  66/2014 que dispõe sobre a criação do departamento de água e esgoto do município de Querência, e dá outras providências.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2025/3906/plc_06202520251212_09033893.pdf</t>
   </si>
   <si>
-    <t>Altera a lei complementar nº97/2017 que dispõe sobre a reforma da estrutura administrativa organizacional da Prefeitura Municipal de Querência MT, cria a secretaria de esporte cultura e lazer e da outras providências.</t>
+    <t>Altera a Lei Complementar nº97/2017 que dispõe sobre a reforma da estrutura administrativa organizacional da Prefeitura Municipal de Querência MT, cria a secretaria de esporte cultura e lazer e da outras providências.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Andre Silva</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2025/3508/pll_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o dia do Nordestino no Município de Querência e dá outras providências.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>Luiz Vezaro, Divino Goiamat, Keila Marques, Mestre Dragão</t>
   </si>