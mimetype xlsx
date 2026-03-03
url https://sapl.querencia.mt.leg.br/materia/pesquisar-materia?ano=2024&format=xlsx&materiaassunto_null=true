--- v0 (2025-12-25)
+++ v1 (2026-03-03)
@@ -1161,51 +1161,51 @@
   <si>
     <t>Indico ao Poder Executivo para que seja implementado o programa Cartão Material Escolar no Município de Querência MT.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2024/3432/21202420240626_07510952.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para que seja feita com maior agilidade a instalação das placas indicativas com o nome das ruas que já foram nomeadas, ou numeração para aquelas que ainda não foram nomeadas.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2024/3435/ind_22202420240710_10472433.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito um estacionamento obliquo no canteiro central da avenida norte entre supermercado Machry e as futuras instalações da pizzaria D´tália.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
-    <t>Professor Neiriberto</t>
+    <t>Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2024/3443/ind_23202420240827_09471098.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que construa uma creche Municipal nos setores Bela Vista e Nova Querência</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2024/3444/ind_24202420240827_09473837.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja instalada no Município de Querência um Ponto de Atendimento da Politec ( Perícia Oficial de Identificação Técnica do Estado de Mato Grosso)</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2024/3447/ind_25202420240830_09354704.pdf</t>
   </si>
   <si>
     <t>Indica o Poder Executivo e Secretaria de Obras para que Construa o Centro de Saúde Animal (ZOONOSES)</t>
   </si>