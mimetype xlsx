--- v0 (2025-12-26)
+++ v1 (2026-03-03)
@@ -864,72 +864,72 @@
   <si>
     <t>Altera o anexo I- Mapa do Perímetro Urbano integrante  da Lei Complementar  nº 102/2018, de 15 de outubro de 2018, que institui a revisão do plano diretor e o processo de planejamento do município.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Telmo Brito</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2078/pll_01-2022__lotacionograma.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo III do lotacionograma da Câmara Municipal de Querência criação de cargos de provimento de comissão."</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>Marcos Amorin, Adeal Carneiro, Beatriz  Steffen, Divino Goiamat, Jean do Coutinho, Luzimar, Professor Neiriberto, Rozaine Presença, Telmo Brito</t>
+    <t>Marcos Amorin, Adeal Carneiro, Beatriz  Steffen, Divino Goiamat, Jean do Coutinho, Luzimar, Professor Neiriberto Abner, Rozaine Presença, Telmo Brito</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2103/pll_02-_2022_denoominacao_aeroporto-mesclado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação do Aeroporto Municipal de Querência para Aeroporto Diego Grespon.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2110/pll_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regularização de feiras itinerantes e livres em todos  os bairros do município de Querência,  e dá outras providências.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>Telmo Brito, Adeal Carneiro, Beatriz  Steffen, Luzimar, Marcos Amorin, Professor Neiriberto, Rozaine Presença</t>
+    <t>Telmo Brito, Adeal Carneiro, Beatriz  Steffen, Luzimar, Marcos Amorin, Professor Neiriberto Abner, Rozaine Presença</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2119/pll_042022_assinado20220318.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de férias e décimo terceiro salário para os agentes políticos municipais de Querência e dá outras providências.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2127/05-2022_rga_vereadores.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual na forma do inciso X, do Art. 37, da Constituição Federal, aos vereadores do município de Querência, e dá outras providências.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>Professora Rosiane</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2255/nr_plc_006202220221213.pdf</t>
   </si>
@@ -1029,90 +1029,90 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_01.pdf</t>
   </si>
   <si>
     <t>Viabilize a aquisição de uma ambulância com capacidade para duas macas.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_02.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que possa realizar a manutenção do piso do salão da Associação dos Servidores Públicos e realizar a instalação de iluminação em toda a estrada que dá acesso a mesma, tendo seu início m anexo com a Rua Juvino Gomes (Estrada R9).</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>Professor Neiriberto</t>
+    <t>Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2064/ind03.pdf</t>
   </si>
   <si>
     <t>Indico viabilize a conclusão da pavimentação asfáltica na parte que na parte que falta da avenida Leste do setor Gabriela até o setor Bela Vista, bem como a construção de um canteiro com paisagismo e jardinagem na referida avenida dentro do setor Bela Vista.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2065/ind04.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para que viabilize  a conclusão da pavimentação asfáltica nas agrovilas do Pingos D´Água, Distrito Coutinho União e Brasil Novo,  bem como a finalização do meio-fio em todas as rua já pavimentadas.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2066/ind05.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para providencie a reforma do ginásio de esportes da Agrovila Pingos  D´Água.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2067/ind06.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo que através da secretária de serviços urbanos  para que providencie a conclusão da iluminação pública e colocação dos braços de luz na Agrovila  Pingos D´ Água.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Divino Goiamat, Luzimar</t>
+    <t>Professor Neiriberto Abner, Divino Goiamat, Luzimar</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2085/indicacao_07-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao senador Carlos Fávaro para disponibilizar ao Poder Executivo de Querência a quantia de R$ 1.500.00 para término da pavimentação asfáltica da antiga R-20 conhecida como Juvino Gomes no traçado de 1 quilômetro e meio ligando os setores G  e Gabriela ao Bosque das Orquídeas.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2086/indicacao_08-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo que através da Secretária de educação,  providencie a ampliação de números de vagas na pré escola na educação infantil do município.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>Adeal Carneiro</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2087/009-2022.pdf</t>
   </si>
@@ -1149,102 +1149,102 @@
   <si>
     <t>Indico ao Poder Executivo para que faça uma travessia entre a Avenida Mato Grosso e a Rua vereador Elzo João Rippel</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2111/indicacao_13-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para que viabilize melhorias nas estradas rurais de todo perímetro rural do Município.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2112/indicacao_14-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo viabilize a construção de uma creche no Parque das Torres.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>Jean do Coutinho, Professor Neiriberto</t>
+    <t>Jean do Coutinho, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2113/indicacao_15-2022.pdf</t>
   </si>
   <si>
     <t>Indico Poder Executivo indico para que viabilize a reforma da Escola Estadual Coutinho União.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Adeal Carneiro, Edmar Batista, Jean do Coutinho, Marcos Amorin, Telmo Brito</t>
+    <t>Professor Neiriberto Abner, Adeal Carneiro, Edmar Batista, Jean do Coutinho, Marcos Amorin, Telmo Brito</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2114/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Governo de Mato Grosso, para que  viabilize recursos para reforma  da Escola Escola Estadual Querência.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2115/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo  para que faça a ampliação de 03 salas da EMEB Pingos d Água.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2116/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para que faça uma passarela coberta na EMEB Pingos d Água.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2117/indicacao_19-2022.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo para que viabilize uma limpeza na Agrovila Brasil Novo.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Adeal Carneiro, Edmar Batista</t>
+    <t>Professor Neiriberto Abner, Adeal Carneiro, Edmar Batista</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2144/indicacao_21-2022.pdf</t>
   </si>
   <si>
     <t>Para que viabilize 03 ônibus escolares para suprir a demanda escolar do município de Querência</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2145/indicacao_22-2022.pdf</t>
   </si>
   <si>
     <t>Para que viabilize a manutenção da malha asfáltica viária do município.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2146/indicacao_23-2022.pdf</t>
   </si>
   <si>
     <t>Para que viabilize um estacionamento no canteiro da avenida central e avenida Cuiabá</t>
   </si>
@@ -1713,51 +1713,51 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2355/indicacao_n.o_70-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que viabilize a implantação de um canteiro central na Rua Rio Grande do Sul com arborização e iluminação pública.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2091/req_01-2022_-telmo.pdf</t>
   </si>
   <si>
     <t>Requer uma sessão solene para homenagear as mulheres que se destacaram na sociedade.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>Telmo Brito, Adeal Carneiro, Beatriz  Steffen, Edmar Batista, Jean do Coutinho, Luzimar, Marcos Amorin, Professor Neiriberto, Rozaine Presença</t>
+    <t>Telmo Brito, Adeal Carneiro, Beatriz  Steffen, Edmar Batista, Jean do Coutinho, Luzimar, Marcos Amorin, Professor Neiriberto Abner, Rozaine Presença</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2118/req_02-2022_-telmo.pdf</t>
   </si>
   <si>
     <t>Requer melhorias no atendimento ao público e na logística das entregas da empresa Correios.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>Ulysses  Lacerda Moraes</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2158/requerimento_quebra_de_decoro_parlamentar_contra_neiriberto20220401.pdf</t>
   </si>
   <si>
     <t>Representação de quebra decoro parlamentar do vereador Neiriberto Erthal.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2159/requerimento_neiriberto20220401.pdf</t>
   </si>
@@ -3448,51 +3448,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2068/projeto_de_lei_no_001.2022_-_manut.hospitalar_sus_-_estado_ass-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2069/projeto_de_lei_no_002.2022_-_recuperacao_da_pavimentacao_na_rodovia_mt-109_-_sentido_canarana_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2070/projeto_de_lei_no_003.2022_-_veiculo_assistencia_social_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_no_004.2022_-_construcao_de_piscina_aquecida_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no_005.2022_-_adequacao_de_estradas_vicinais_-_convenio_no_893460.2019_ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2092/projeto_de_lei_no_006.2022_-_construcao_de_laticinio_de_pequeno_porte_conv.no_897812_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2093/projeto_de_lei_no_007.2022_-_aquisicao_de_farinheira_convenio_no_914060.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2094/projeto_de_lei_no_008.2022_-_aquisicao_de_lama_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2095/projeto_de_lei_no_009.2022_-_constr.novo_predio_da_esc.estadual_indigena_kisedje_-_ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2096/projeto_de_lei_no_010.2022_-_quadra_poliesportiva_escola_estadual_-_ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_no_011.2022_-_festas_de_artes_integradas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2097/projeto_de_lei_no_012.2022_-_realizacao_da_cerimonia_do_kuarup_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2098/projeto_de_lei_no_013.2022_-_implantacao_e_pavimentacao_qr-387_com_extensao_2362_km_-_ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2099/projeto_de_lei_no_014.2022_-__constr.do_predio_da_escola_estadual_20_de_marco_-_ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2100/projeto_de_lei_no_015.2022_-_aquisicao_de_veiculo_sec.educacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2107/plo-16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2101/projeto_de_lei_no_017.2022_-_aquisicao_de_ambulancia_-_estado_-_termo_compromisso_026-2021_-_ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2102/plo_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2109/plo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2123/plo__21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2125/022.2022_-_rga_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2141/plo_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2143/plo_242022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2151/projeto_de_lei_no_025.2022_-_adequacao_de_estradas_vicinais_-_convenio_no_893460.2019_a-1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2152/projeto_de_lei_no_026.2022_-_festas_de_artes_integradas_a.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2153/projeto_de_lei_no_027.2022_-_aquisicao_de_lama_asfaltica_a.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2167/plo_28.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2157/plo_29.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2168/projeto_de_lei_030202213042022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2169/projeto_de_lei_032202214042022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2170/projeto_de_lei_033202214042022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2171/projeto_de_lei_no_034.2022_-_obras_nas_secretarias.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2178/plo_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2181/projeto_de_lei_no__036202220220504.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2172/projeto_de_lei_no_037.2022_-_despesas_para_cultura_indigenas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2200/plo_38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2223/plo_39-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2199/plo_40.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2220/plo_041202220220825.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2202/plo_042202220220601.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2203/plo_043202220220601.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2221/plo_44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2233/plo_45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2241/plo_046202220220707.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2254/plo_047202220220729.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2253/projeto_de_lei_no_048.2022_-_implantacao_e_pavimentacao_qr-387_com_extensao_5860_km_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2275/plo_49-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2294/plo_50-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2300/plo_51.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2301/nr_plo_052202220221024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2303/plo_53-202220221216.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2306/plo_54202220221014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2304/plo_55202220221013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2305/plo_56202220221013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2316/plo_057.2022_-_desapropriacao_5.909.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2309/plo_058202220221014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2317/plo_059.2022_-_desapropriacao_5.908.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2329/plo_60-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2314/plo_061202220221114.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2318/plo_062.2022_-_desapropriacao_8.072.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2319/plo_063.2022_-_desapropriacao_3.165.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2328/plo_64-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2343/nr_plo_065202220221213.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2124/nr_plc_01202220220310.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2235/plc_02-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2273/plc_04-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2299/plc_05-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2344/plc_06-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2345/plc_07-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2078/pll_01-2022__lotacionograma.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2103/pll_02-_2022_denoominacao_aeroporto-mesclado_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2110/pll_03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2119/pll_042022_assinado20220318.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2127/05-2022_rga_vereadores.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2255/nr_plc_006202220221213.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2287/pl_07-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2320/pll_09202220221118.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2331/projeto_de_lei_legislativo_10-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2356/projeto_de_lei_legislativo_11-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2213/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2259/substitutivo_02.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2268/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_01.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_02.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2064/ind03.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2065/ind04.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2066/ind05.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2067/ind06.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2085/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2086/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2087/009-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2088/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2089/11-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2090/indicacao_12-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2111/indicacao_13-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2112/indicacao_14-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2113/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2114/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2115/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2116/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2117/indicacao_19-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2144/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2145/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2146/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2147/indicacao_24-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2148/indicacao_25-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2149/indicacao_26-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2179/ind_27-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2180/ind_28202220220428.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2190/ind_29202220220504.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2186/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2187/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2188/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2204/33.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2197/ind_34.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2198/ind_35202220220530.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2201/ind_036202220220601.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2205/ind_37.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2206/ind_38.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2216/ind39.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2217/ind_40.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2230/ind_41.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2231/ind_42.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2234/ind_43.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2226/ind_44.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2227/ind_45.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2232/ind_46.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2242/ind_47-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2246/ind_48-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2247/ind_49-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2248/ind_50.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2256/ind_51.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2257/ind_52.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2258/ind_53.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2263/ind_54.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2264/ind_55.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2260/ind_56.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2261/ind_57.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2262/ind_58.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2285/indicacao_n.o_59_-_regularizacao_fundiaria_pa_-_copia.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2286/indicacao_n.o_60_-_marcos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2288/indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2293/indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2295/ind_63.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2296/ind_64.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2297/ind_65.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2298/ind_66.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2302/ind_67-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2332/ind_68-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2342/indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2355/indicacao_n.o_70-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2091/req_01-2022_-telmo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2118/req_02-2022_-telmo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2158/requerimento_quebra_de_decoro_parlamentar_contra_neiriberto20220401.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2159/requerimento_neiriberto20220401.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2182/req_05-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2218/req_06.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2228/req_07.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2265/08-2022_expoquer_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2266/09-2022_expoquer_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2267/10-2022_compra_area_staub.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2290/11-2022_expoquer_2022_sindicato_rural.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2325/requerimento_12-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2063/resolucao_001.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2245/resolucao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2251/resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2284/resolucao_08_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2292/resolucao_09-2022_afastamento_rosiane_galvao.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2327/resolucao_12202220221118.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2341/13-2022_concede_licenca_nao_remunerada_edmar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2073/emanda_mod_012022_ao_plo_109202120220203.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2105/emenda_022022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2108/emenda_mod_03.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2121/emenda_mod.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2128/emenda_05-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2129/emenda_06-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2130/emenda_07-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2131/emenda_08-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2142/emenda_modificativa_09-2022_plo-_107-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2154/emenda_ao_plc_012022_assinado20220318.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2155/emenda_11.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2156/emenda_12.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2166/emenda_modificativa_13.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2165/emenda_14.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2173/emenda_mod_15_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2184/emenda_16_plo_33.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2195/emenda_mod_ao_plo_24202220220518.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2191/emenda_mod_ao_plo_33202220220516.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2196/emenda_mod_ao_plo_36202220220526.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2222/emenda_20-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2269/emenda_212022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2277/emenda_modificativa_22-2022_plo-_41-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2276/emenda_23-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2279/emenda_24-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2278/emenda_modificativa_25-2022_substitutivo_03-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2350/emenda_26-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2358/emenda_27-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2359/emenda_28-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2225/emenda_oral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2120/emenda_a_lo_012022_assinado20220318.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2215/emenda_lei_organica_02.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2289/mocao_01-2022..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2291/mocao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2313/mocao_de_aplausos_03-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2330/mocao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2354/mocao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2353/mocao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2074/parecer_cjr_012022_ao_plo_109202120220203.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2104/parecer_03_cjr.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2122/parecer_004_cjr.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2126/parecer_005_servicos_elementares.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2132/parecer_06-cjr.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2133/parecer_07-cjr.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2134/parecer_08-cjr.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2135/parecer_09-cjr.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2136/parecer_010-cjr.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2137/parecer_011-cjr.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2138/parecer_12_ao_pll_04202220220314.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2139/parecer_13-cjr.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2140/parecer_14-cjr.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2150/parecer_cjr_ao_plo_23202220220317.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2174/parecer_16-cjr.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2192/parecer_ao_plo_33202220220518.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2194/parecer_cjr_ao_plo_24202220220518.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2193/parecer_ao_plo_28202220220518.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2207/parecer_20_plo_35.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2208/parecer_21_plo36.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2209/parecer_22_plo30.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2210/parecer_23_plo43.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2211/parecer24_plo40.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2237/parecer_25-subs_01.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2238/parecer_26_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2239/parecer_27_plo_44.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2240/parecer_28_plo_38.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2243/parecer_029.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2244/parecer_030.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2271/parecer_31.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2270/parecer_32.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2272/parecer_33.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2280/parecer_34_plo_49.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2281/parecer_35_substitutivo_02.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2282/parecer_36_plc_04.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2307/parecer_cjr_372022_ao_plo_06202220221014.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2323/parecer_38.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2308/parecer_cjr_392022_ao_plo_07202220221014.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2311/parecer_40-2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2312/parecer_42-2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2324/parecer_43.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2334/parecer_44-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2333/parecer_45-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2340/parecer_46-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2339/parecer_47-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2338/parecer_48-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2337/parecer_49-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2336/parecer_50-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2310/parecer_51-2022_cjr.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2335/parecer_cjr_52_-_pl_054_taxi.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2351/parecer_53-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2352/parecer_54-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2357/parecer_055-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2079/parecer_01_pl_001.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2080/parecer_02_pl_002.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2081/parecer_03_pl_003.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2082/parecer_04_pl_004.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2083/parecer_05_pl_005.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2160/parecer_18.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2161/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2162/parecer_20.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2177/parecer_21-faeo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2176/parecer_22-faeo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2175/parecer_23-faeo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2212/parecer24_plo42.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2252/parecer_plo_48202220220729.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2346/parecer_26_faeo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2283/parecer_faeo_27.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2348/parecer_28_faeo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2349/parecer_29_faeo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2075/parecer__projeto_001-2022_95_urfm.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2214/parecer_02-urfm.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2224/parecer_03-urfm.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2236/parecer_urf_plo_44.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2274/parecer_05-2022_urfm_plo_41.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2321/parecer_06.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2322/parecer_07.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2077/parecer_01-2022_do_projeto_109marhrm.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2326/parecer_01.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2183/15-parecer_preliminar_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2219/contas_anuais_de_governo_processo_1004042020_tcemt20220608.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2022/2185/oficio_gpq_n_116-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="128.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>