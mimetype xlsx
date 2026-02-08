--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -694,93 +694,93 @@
   <si>
     <t>DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES POR METRO QUADRADO DE TERRENO, EDIFICAÇÃO, DE SEUS FATORES CORRETIVOS E DA FORMULA DE CÁLCULO PARA O LANÇAMENTO DOS TRIBUTOS DO MUNICÍPIO, NOS TERMOS DO 2º DO ARTIGO 6º DA LEI COMPLEMENTAR Nº 13 DE 28 DE OUTUBRO DE 1998- CÓDIGO TRIBUTÁRIO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE CONCEDE REVISÃO GERAL ANUAL NA FORMA DO INCISO X, DO ART.37 DA CONSTITUIÇÃO FEDERAL, AO VENCIMENTO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>Professor Neiriberto</t>
+    <t>Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE DISPÕE SOBRE O PLANTÃO DE FUNERÁRIAS NO MUNICÍPIO DE QUERENCIA - MT E DÁ OUTAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Marcos Amorin, Jean do Coutinho</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA MEIA-ENTRADA PARA OS PROFISSIONAIS DA EDUCAÇÃO EM EVENTOS DE NATUREZA EDUCACIONAL, CIENTIFICA, ARTÍSTICA E CULTURAL EXIBIDOS NO ÂMBITO DO MUNICÍPIO DE QUERÊNCIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EMISSÃO DA "CARTEIRA DE IDENTIFICAÇÃO ESTUDANTIL" DOS ESTUDANTES MATRICULADOS NA REDE PARTICULAR E REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE QUERÊNCIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE QUERÊNCIA A CAMPANHA PERMANENTE DE DOAÇÃO DE LIVROS E REVISTAS PARA BIBLIOTECAS, E ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Vavá</t>
+    <t>Professor Neiriberto Abner, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA DENOMINAÇÃO DA ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA EDUCAR E AMAR PARA ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA PARQUE IMPERIAL."</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA PLANTA POPULAR NO ÂMBITO DO PODER PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Domingos Roberti</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
   </si>
@@ -817,51 +817,51 @@
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Keila Marques</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE POSSA FAZER UM QUEBRA-MOLAS, NA RUA BERTO VEZARO, NAS PROXIMIDADES DO AUTO POSTO SHALON.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE POSSA FAZER UMA PONTE COM BUEIROS, NO CÓRREGO DA PONTE, ESTRADA QUE LIGA QUERÊNCIA A FAZENDA AGROPECUÁRIA MAGGI E PINGO D&amp;#180;ÁGUA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva</t>
+    <t>Professor Neiriberto Abner, Andre Silva</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SE PROCEDA COM A INSTALAÇÃO DE UM CAPS AD &amp;#8211; CENTRO DE APOIO PSICOSSOCIAL DE ÁLCOOL E DROGAS EM QUERÊNCIA-MT, TENDO EM VISTA A GRANDE DEMANDA DE TRATAMENTO DE SAÚDE PARA PESSOAS COM O ABUSO DE DROGAS, ÁLCOOL E TRANSTORNOS PSICOSSOCIAIS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Jean do Coutinho</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, QUE AUTORIZE A SECRETARIA DE OBRAS DE NOSSO MUNICÍPIO A DAR INICIO A CONSTRUÇÃO DO CANTEIRO CENTRAL DA AVENIDA BRASIL DO BRASIL NOVO, NO DISTRITO COUTINHO UNIÃO. </t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
@@ -938,117 +938,117 @@
   <si>
     <t>262</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE PROCEDA COM A CONSTRUÇÃO DE UM ESPAÇO DESTINADO A ENCONTROS MOTO CICLÍSTICO, BEM COMO A REALIZAÇÃO DE EVENTOS COM SONS AUTOMOTIVOS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Marcos Amorin, Keila Marques</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE REALIZE EM REGIME DE URGÊNCIA A INSTALAÇÃO DE PLACAS INDICATIVAS DE NOMES DE BAIRROS, RUAS E PRAÇAS E AVENIDAS, EM 100% DA ZONA URBANA.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Telmo Brito, Vavá</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Telmo Brito, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SE PROCEDA COM OS ESTUDOS OBJETIVANDO A IMPLANTAÇÃO DE UM CENTRO DE CONTROLE ZOONOSES NO MUNICÍPIO DE QUERÊNCIA -MT, PARA REALIZAR A OPERACIONALIZAÇÃO E TAIS ATIVIDADES.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Celso da Retifica, Vavá</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Celso da Retifica, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA O PODER EXECUTIVO MUNICIPAL, QUE SE PROCEDA COM A INSTALAÇÃO DE UM TELECENTRO NO AGROVILA D'ÁGUA.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>Vavá, Celso da Retifica, Domingos Roberti, Professor Neiriberto</t>
+    <t>Vavá, Celso da Retifica, Domingos Roberti, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL EM CONSONÂNCIA COM O QUE DEFINIU A LEI 1016-2016 (LOA) ARTIGO 14,ÓRGÃO 05, FUNÇÃO 27 PROGRAMA 044, UNIDADE 07, AÇÃO 1041 QUE PROCEDA COM A PROCEDA COM A PRESENTE INDICAÇÃO OBJETIVANDO A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA AGROVILA PA BRASIL NOVO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Andre Silva</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO A SECRETARIA MUNICIPAL DE EDUCAÇÃO QUE DESTINE 04 TELEVISORES DE 40 POLEGADAS PARA A ESCOLA PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL PARA QUE SE PROCEDA COM A INSTALAÇÃO DE UM SISTEMA DE SEGURANÇA E MONITORAMENTO POR CÂMERAS DE VÍDEO EM ÁREAS EXTERNAS PRÓXIMO A PONTOS VULNERÁVEIS COMO CASA LOTÉRICA, CORREIOS, BANCOS, SUPERMERCADOS E LOJAS DO COMÉRCIO E LOCAIS COM GRANDE FLUXO DE PESSOAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO À SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS QUE PROCEDA COM A CONSTRUÇÃO DE CALÇADAS EM TORNO DA EMEB DO SABER, BEM COMO A MANUTENÇÃO DA PARTE EXISTENTE NA FRENTE DA ESCOLA.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Keila Marques</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Keila Marques</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL PARA QUE INSTALE UM AT AGÊNCIA TRANSFUSIONAL DE SANGUE EM QUERÊNCIA- MT.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUTOR DE VELOCIDADE NA AVENIDA LESTE AO LADO DO GINÁSIO DE ESPORTE NILO PERIM</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
   </si>
@@ -1121,81 +1121,81 @@
   <si>
     <t>303</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA EM REGIME DE URGÊNCIA A REFORMA DO PRÉDIO ESCOLAR  DA ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA ALEGRIA DO SABER.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODE EXECUTIVO QUE POSSA FAZER REDUTOR DE VELOCIDADE (TARTARUGA) EM FRENTE AO POSTO SHALON NA  BR 242 ESQUINA BETO VEZARO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Keila Marques</t>
+    <t>Professor Neiriberto Abner, Keila Marques</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE A PAVIMENTAÇÃO ASFÁSTICA DAS RUAS HERTA KIST MALMANN, RUA DÉCIO NIVALDO WENTZ E RUA VICENTE GONÇALVES NO SETOR INDUSTRIAL</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO PARA QUE POSSA FAZER A ARBORIZAÇÃO E PLANTIO DE GRAMA, NO CANTEIRO CENTRAL DA AVENIDA SANTA CATARIANA, NOS SETORES G E H.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SEJA DISPONIBILIZADO AO DISTRITO DE COUTINHO UNIÃO, 01 PATROLA, 01 CARREGADEIRA, 02 CAMINHÃO CAÇAMBA E 01 RETROESCAVADEIRA A FIM DE COMPOR A PATRULHA MECANIZADA QUE IRÁ BENEFICIAR A ATENDER A ZONA RURAL DO COUTINHO UNIÃO, P.A SÃO MANOEL E P.A BRASIL NOVO.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>Telmo Brito, Andre Silva, Celso da Retifica, Keila Marques, Professor Neiriberto, Vavá</t>
+    <t>Telmo Brito, Andre Silva, Celso da Retifica, Keila Marques, Professor Neiriberto Abner, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL,QUE SEJA DISPONIBILIZADO PARA O DISTRITO DE COUTINHO UNIÃO UMA BASE DA SECRETÁRIA DE OBRAS DO MUNICÍPIO DE QUERÊNCIA QUE COMPREENDE PA SÃO MANOEL, TRAVESSÃO 65 E PA BRASIL NOVO, CONTENDO SEGUINTES MAQUINÁRIOS,01 CAMINHÃO CAÇAMBA, 01 PÁ CARREGADEIRA, 01 RETROESCAVADEIRA, A FIM DE ATENDER A ZONA RURAL DO COUTINHO UNIÃO, PA SÃO MANOEL, TRAVESSÃO 65 E PA BRASIL NOVO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SE PROCEDA COM A CONSTRUÇÃO DE ATERRO SANITÁRIO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SE PROCEDA COM A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE EM FRENTE A CASAI</t>
   </si>
@@ -1343,51 +1343,51 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE POSSA FAZER UMA ACADEMIA  AO AR LIVRE NO PARQUE IMPERIAL PARA ATENDER AS PESSOAS DO BAIRRO.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO PODER EXECUTIVO MUNICIPAL, QUE POSSA FAZER UMA CASA DE APOIO PARA ATENDER AS PESSOAS DOS ASSENTAMENTOS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>Andre Silva, Professor Neiriberto</t>
+    <t>Andre Silva, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO MUNICIPAL  QUE  FAÇA NAS PROXIMIDADES DA LAGO AZUL, A IMPLANTAÇÃO DE UM PARQUE ECOLÓGICO MUNICIPAL NA REFERIDA, COM O PLANTIO DE INÚMERAS ARVORES COM A DENOMINAÇÃO DE SEUS INÚMEROS NOME CIENTÍFICOS, BEM COMO CONSTRUÇÃO DE TRILHAS ECOLÓGICA E ARVORES FRUTÍFERAS E UMA PISTA DE SKATE, PEDALINHO NO LAGO AZUL E TOBOGÃ, PARQUE INFANTIL E ACADEMIA AO AR LIVRE PRÓXIMO AO LAGO AZUL E POR FIM A REVITALIZAÇÃO DE TODA A PISTA DE CAMINHADA COM ILUMINAÇÃO SOBRE TODA ÁREA EXISTENTE.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS A SECRETÁRIA MUNICIPAL DE URBANISMO, QUE  PROCEDA COM A CONSTRUÇÃO DE UMA PRAÇA BEM COMO A CONSTRUÇÃO DE UMA PISTA DE CAMINHADA AO REDOR DA MESMA, BEM COMO A DISPONIBILIZAÇÃO DE ACADEMIA AO AR LIVRE NO BAIRRO JARDIM EUROPA. </t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>58</t>
   </si>
@@ -1523,51 +1523,51 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL QUE APÓS A AQUISIÇÃO DO NOVO VEÍCULO PARA O PODER EXECUTIVO DISPONIBILIZE PARA SECRETÁRIA DE SAÚDE O ATUAL VEÍCULO QUE ESTÁ SENDO UTILIZADO, CONTANDO QUE SE FAÇA UMA REVISÃO N MESMO QUE AINDA SERÁ DE GRANDE  UTILIDADE PARA O MUNICÍPIO POR UM BOM PERÍODO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO PODER EXECUTIVO MUNICIPAL QUE SEJA FORMALIZADO PROJETO DE REVITALIZAÇÃO DO PARQUE MUNICIPAL LAGO AZUL A FIM DE QUE POSSAMOS CAPTAR RECURSOS JUNTO À SECRETARIA DE MEIO AMBIENTE DO ESTADO DE MATO GROSSO NA FORMA DE COMPENSAÇÃO DE MULTAS POR CRIMES AMBIENTAIS PRATICADOS POR TERCEIROS. TAL PROJETO TEM COMO FINALIDADE GARANTIR UM ESPAÇO NOS MOLDES DO PARQUE DAS ÁGUAS DO MUNICÍPIO DE CUIABÁ, COM QUADRA DE AREIA, QUADRA DE TÊNIS, ACADEMIA AO AR LIVRE, FONTE DANÇA DAS ÁGUAS, ÁREAS RESERVADAS COM CHURRASQUEIRA EM FORMA DE CHAPÉUS DE PALHA E UM BAR/RESTAURANTE. </t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Domingos Roberti, Marcos Amorin</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Domingos Roberti, Marcos Amorin</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO PARA QUE FAÇA UMA QUARTA DE AREIA E DISPONIBILIZE UMA ACADEMIA AO AR LIVRE, AO REDOR NA PRAÇA SETOR G NA QUADRA G-30 E TAMBÉM FAÇA AS CALÇADAS AOS ARREDORES DA MESMA.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA FEITO UM COMODATO COM A PREFEITURA MUNICIPAL DE UMA PRAÇA, PARA AS AUTO ESCOLAS DO MUNICÍPIO DESENVOLVER SUAS AULAS PRATICAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>72</t>
   </si>
@@ -1613,78 +1613,78 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE POSSA COMPRAR UM VEÍCULO PARA ATENDER A ÁREA DA SAÚDE DOS ASSENTAMENTOS, COM FINALIDADE DE TRANSPORTAR OS MÉDICOS, ENFERMEIROS, DENTISTAS DOS ASSENTAMENTO VIZINHOS.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO MUNICIPAL, QUE SEJA PROVIDENCIADO A MANUTENÇÃO DA PAVIMENTAÇÃO DOS TRECHOS DA AVENIDA LESTE ENTRE A AVENIDA SUL, E A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE E A PINTURA DE UMA FAIXA DE SEGURANÇA NA AVENIDA HERTA KIST MALMANN, A QUAL APRESENTA VÁRIOS (BURACOS) O QUE VEM DIFICULTANDO O TRÂNSITO DE VEÍCULOS QUE PASSAM POR AQUELA REGIÃO.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Vavá</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO MUNICIPAL DE SERVIÇOS URBANOS QUE FAÇA A RETIRADA DA TERRA EM FRENTE Á ESCOLA 19 DE DEZEMBRO E PREPARE O TERRENO PARA O PLANTIO DE ARVORES E GRAMA E TERMINE A ROTATÓRIA DA AVENIDA FRANCISCO SCHNEIDER DO LADO DA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO A SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS QUE DISPONIBILIZE O CAMINHÃO PIPA PARA MOLHAR AS RUAS QUE NÃO SÃO PAVIMENTADAS DO PARQUE DAS TORRES I.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Andre Silva, Domingos Roberti</t>
+    <t>Professor Neiriberto Abner, Andre Silva, Domingos Roberti</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO MUNICIPAL SERVIÇOS URBANOS QUE FAÇA A DEMARCAÇÃO DE UM ESPAÇO NA PISTA DE CAMINHADA PARA OS CICLISTAS EM SENTIDO CONTRARIO AOS DOS PEDESTRES.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Celso da Retifica, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE JUNTO COM A SECRETARIA DE AGRICULTURA POSSA DISPONIBILIZAR OS RESFRIADORES DE LEITE RECEBIDOS DO GOVERNO DO ESTADO, UM PARA O P.A. BASIL NOVO E OUTRO PARA O P.A. SÃO MANOEL.</t>
   </si>
   <si>
     <t>409</t>
   </si>
@@ -1793,81 +1793,81 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE FAÇA A PINTURA EXTERNA E PEQUENOS REPAROS NO PRÉDIO DA ESCOLA ESTADUAL 19 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE EDUCAÇÃO QUE FAÇA A REFORMA DO SAGUÃO DA ESCOLA DE BRASIL NOVO.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>Virginia do Brasil Novo, Professor Neiriberto</t>
+    <t>Virginia do Brasil Novo, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO SECRETÁRIO DE SERVIÇOS URBANOS QUE FAÇA A LIMPEZA DOS TERRENOS BALDIOS DO SETOR G E H, É FAÇA A COBRANÇA AOS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Virginia do Brasil Novo</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO SECRETÁRIO DE SERVIÇOS URBANOS QUE FAÇA DOIS REDUTORES DE VELOCIDADES (QUEBRA- MOLAS) UM N AVENIDA DA ESCOLA PRÓXIMO AO POSTO  DE SAÚDE E O OUTRO NA AVENIDA BELA VISTA PRÓXIMO A SORVETERIA DO BRASIL NOVO.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>Virginia do Brasil Novo, Andre Silva, Celso da Retifica, Domingos Roberti, Keila Marques, Professor Neiriberto, Vavá</t>
+    <t>Virginia do Brasil Novo, Andre Silva, Celso da Retifica, Domingos Roberti, Keila Marques, Professor Neiriberto Abner, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAMOS AO PODER EXECUTIVO MUNICIPAL QUE PROCEDA COM A TITULARIZARÃO DOS ASSENTADOS QUE TEM RESIDÊNCIA NAS AGROVILAS, OU SEJA LOTE DA AGROVILA. </t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Virginia do Brasil Novo, Domingos Roberti</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO QUE FAÇA UM REDUTOR DE VELOCIDADE NA RUA 16 NO PARQUE DAS TORRES II DIVISA COM O DEPÓSITO DA ECHER.</t>
   </si>
   <si>
     <t>443</t>
   </si>
@@ -1910,102 +1910,102 @@
     <t>98</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO DEPUTADO ESTADUAL OSCAR BEZERRA, QUE POSA VIABILIZAR RECURSOS ATRAVÉS DE EMENDA PARLAMENTAR, COM A FINALIDADE DE ADEQUAÇÃO E REFORMA DA DESPOLPADEIRA DE FRUTAS, DO P.A BRASIL NOVO EM QUERÊNCIA - MT_x000D_
 </t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, QUE POSSA TIRAR AS PEDRAS DO CENTRO DA PRAÇA ROTARY CLUB E FAZER UMA CASCATA EM FORMA DE CHAFARIZ COM O MODELO TIRADO DA CIDADE DE HOLAMBRA - SP.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Domingos Roberti</t>
+    <t>Professor Neiriberto Abner, Domingos Roberti</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE FAÇA REFORMA DA PONTO SOBRE O RIO DARO SENTIDO A AMAGGI</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO QUE CONSTRUA NOS CANTEIROS DA AVENIDA CENTRAL E RUA MATO GROSSO ESTACIONAMENTOS OBLÍQUOS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO DE OBRAS DO MUNICÍPIO DE QUERÊNCIA QUE FAÇA O PATROLAMENTO DAS RUAS DA AGROVILA PINGO D ÁGUA .</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO DE SERVIÇOS URBANOS DO MUNICÍPIO DE QUERÊNCIA QUE FAÇA O PLANTIO DE ÁRVORES NA AVENIDA CENTRAL COM A AVENIDA MATO GROSSO PRÓXIMO A BIBLIOTECA FONTE DE APRENDIZ.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>Keila Marques, Professor Neiriberto</t>
+    <t>Keila Marques, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO DE SERVIÇOS URBANOS DO MUNICÍPIO DE QUERÊNCIA QUE FAÇA A REVITALIZAÇÃO DA ROTATÓRIA ENTRE AVENIDA CENTRAL E AVENIDA RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO SECRETÁRIO DE SERVIÇOS URBANOS DO MUNICÍPIO DE QUERÊNCIA QUE FAÇA A REVITALIZAÇÃO DO PARQUINHO INFANTIL DO SETOR E.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>106</t>
   </si>
@@ -2024,51 +2024,51 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO MUNICIPAL QUE SEJA INSTITUÍDO O PROGRAMA INTERNET SOCIAL NA PRAÇA ROTARY CLUB E PARQUE MUNICIPAL LAGO AZUL</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO QUE SEJA PROVIDENCIADO  JUNTO AO SETOR DE TRIBUTOS A READEQUAÇÃO DO CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>Vavá, Celso da Retifica, Professor Neiriberto</t>
+    <t>Vavá, Celso da Retifica, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO QUE POSSA FAZER UMA QUADRA DE VÔLEI DE AREIA NO DISTRITO COUTINHO UNIÃO</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>PINTURA DE FAIXAS DE SEGURANÇA NA AVENIDA RIO GRANDE DO SUL COM A RUA A-13, QUE DA ACESSO AO HOSPITAL MUNICIPAL E CENTRO DE SAÚDE.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>111</t>
   </si>
@@ -2234,66 +2234,66 @@
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO DEPUTADO ESTADUAL OSCAR BEZERRA QUE SEJA DIRECIONADO EMENDA PARLAMENTAR NO VALOR DE R$200 MIL CONVERTIDOS EM MATERIAIS BETUMINOSO PARA REFORMAS E MELHORIAS NA MALHA VIÁRIA EM QUERÊNCIA- MT.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO DE QUERÊNCIA QUE FAÇA UMA PEQUENA COBERTURA NA SAÍDA QUE DÁ ACESSO AOS PAS PINGO D ÁGUA, SÃO MANOEL, COUTINHO UNIÃO E BRASIL NOVO PARA QUE AS PESSOAS QUE ALI ESPERAM CONDUÇÃO VEICULAR NÃO FIQUEM NO RELENTO SOLAR OU CHUVOSO.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>Celso da Retifica, Domingos Roberti, Professor Neiriberto, Vavá</t>
+    <t>Celso da Retifica, Domingos Roberti, Professor Neiriberto Abner, Vavá</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO DE QUERÊNCIA QUE INTERCEDA JUNTO AO DEPUTADO FEDERAL EZEQUIEL FONSECA DO PP, PARA QUE SEJA DISPONIBILIZADO UM CONSULTÓRIO ODONTOLÓGICO PARA O PA BRASIL NOVO.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>Professor Neiriberto, Celso da Retifica, Domingos Roberti</t>
+    <t>Professor Neiriberto Abner, Celso da Retifica, Domingos Roberti</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAMOS AO PODER EXECUTIVO DE QUERÊNCIA QUE INTERCEDA JUNTO AO DEPUTADO EZEQUIEL FONSECA DO PP, PARA QUE SEJA DISPONIBILIZADO UM CONSULTÓRIO ODONTOLÓGICO PARA O PA PINGO D ÁGUA.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO DE QUERÊNCIA QUE POSSA FAZER UM REFEITÓRIO, COLOCAR UMA TENDA 12X12, ORGANIZAR O PARQUINHO, FAZER PLANTIO DE GRAMA, ORGANIZAR A PARTE ELÉTRICA E ADQUIRIR COMPUTADORES E TELEVISORES, PARA ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA PARQUE IMPERIAL.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>129</t>
   </si>
@@ -2636,51 +2636,51 @@
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PLO Nº 040/2017_x000D_
 EXCLUSÃO DO ITEM: MANUTENÇÃO COM OSCIP</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DO ART. 6° DO PROJETO &amp;#8211; REDUÇÃO DE PERCENTUAL PARA ABERTURA DE CRÉDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>EMLO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>Marcos Amorin, Jean do Coutinho, Professor Neiriberto</t>
+    <t>Marcos Amorin, Jean do Coutinho, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 2º DP ART 102 E ACRESCENTA O ART. 102-A À LEI ORGÂNICA DE QUERÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção Aplausos</t>
   </si>
   <si>
     <t>Vavá, Andre Silva, Telmo Brito</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PASTOR RAIMUNDO NONATO DOS SANTOS</t>
   </si>
@@ -2711,81 +2711,81 @@
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Andre Silva, Domingos Roberti, Marcos Amorin</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PASTOR ANTONIO DOMINGOS VITALINO</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PASTOR  MARK CHARLES SOARES FERNANDES</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>Vavá, Professor Neiriberto, Telmo Brito</t>
+    <t>Vavá, Professor Neiriberto Abner, Telmo Brito</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PASTOR ALEXANDRE GOMES DE SOUZA</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ALUNO DO PROJETO JOVEM GUERREIRO DIVINO FILHO PIRES BORGES</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, POR AUTORIA DO VEREADOR, TELMO A. BRITO, AOS FUNDADORES; ALCIDES DE ÁVILA, ARNILDO HARDTKE, ANTÔNIO PAULETTO, DÉRCIO MEINERZ, DEOMAR HEERMAN, DENIR PERIN, ERNO HÉLIO SCHNEIDER, EDEMAR FONTANA, IRIO GUISOLPHI, ITELVINO TREVISSOL, JOSÉ DAMBROS, LAURINDO BINOTTO, MÁRIO EIDT, MILTON EICHOLZ, PEDRO KUBITSCHEK, REINALDO BECKER, ROBERTO BASSO, ROMEU EDIO SCHNEIDER, ROMEU HOLZ, URBANO BOESING E VALTER RADER, DO CENTRO DE TRADIÇÕES GAÚCHAS DE QUERÊNCIA &amp;#8211; CTG, EM 21 DE JULHO DE 1987.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>Vavá, Professor Neiriberto</t>
+    <t>Vavá, Professor Neiriberto Abner</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS  AOS ALUNOS ALENI DOS REIS SILVA BARROS DOS SANTOS, ANIELLY CRISTINA SILVA DE OLIVEIRA, GABRIEL NUNES MOREIRA, NILTON GUILARDUCCI NETO E AO PROFESSOR DEUSDETE MOREIRA BORGES E PROFESSORA VERA SÔNIA NUNES PELO DESTAQUE NACIONAL NO JOGO DE XADREZ.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS, POR AUTORIA DO SOBERANO PLENÁRIO, AO CENTRO DE TRADIÇÕES GAUCHAS &amp;#8211; CTG, EM ESPECIAL A INVERNADA MIRIM A, PELA CONQUISTA DO PRIMEIRO LUGAR NO FENART 2017. </t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÃO, POR AUTORIA DO VEREADOR, MARCOS AMORIN, AO FREI ARCIDES LUIZ FAVARETTO, PELOS SERVIÇOS SOCIAIS PRESTADOS AO MUNICÍPIO DE QUERÊNCIA &amp;#8211; MT. </t>
   </si>
@@ -3567,51 +3567,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2017/504/plc_032017_projeto_lei_codigo_tributario_novembro_2018.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2017/392/res_02201720250527_08224613.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2017/446/mocoes_domingos_com_lista.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H282"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="108.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>