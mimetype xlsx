--- v0 (2025-12-27)
+++ v1 (2026-03-27)
@@ -51,454 +51,454 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2908/pl_01-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2908/pl_01-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir área de terras e dá outras providências.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2909/pl_02-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2909/pl_02-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o o Projeto Paisagístico da cidade de Querência, e dá outras providências.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2910/pl_03-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2910/pl_03-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de indenização complementar da área de terras, e dá outras providências.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2943/pl_04-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2943/pl_04-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Autorização para a Abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2969/pl_005-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2969/pl_005-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transposição e remanejamento ou transferência de recursos de uma categoria de programação para a outra ou de um órgão para outro, e dá outras providências.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2968/pl_006-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2968/pl_006-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Autorização sobre a Abertura de Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2974/pl_007-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2974/pl_007-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a Abertura de Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2975/pl_08-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2975/pl_08-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a doação de lote urbano com encargo para fins de interesse social, e dá outras providências.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2979/pl_09-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2979/pl_09-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2982/pl_10-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2982/pl_10-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Autorização para a Abertura de Crédito Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2984/pl_11-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2984/pl_11-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a venda de bens do município de Querência - MT.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2992/pl_12-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2992/pl_12-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Autorização de para a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2994/pl_13-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2994/pl_13-2006.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Investimentos Sociais, e dá outras providências.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2999/pl_14-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2999/pl_14-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse da importância de R$ 1.392,50 para a Associação dos Pequenos Produtores Rurais de Querência - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3003/pl_15-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3003/pl_15-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Especial Adicional e dá outras providências.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3005/pl_16-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3005/pl_16-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3006/pl_17-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3006/pl_17-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3007/pl_18-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3007/pl_18-2006.pdf</t>
   </si>
   <si>
     <t>Reconhece o Jornal Oficial dos Municípios como veículo oficial de publicação dos atos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3009/pl_19-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3009/pl_19-2006.pdf</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3010/pl_20-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3010/pl_20-2006.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município para o exercício de 2007.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3011/pl_21-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3011/pl_21-2006.pdf</t>
   </si>
   <si>
     <t>Acrescenta Projetos e Programas à Lei de Diretrizes Orçamentárias. para o exercício de 2007, aprovada pela Lei Municipal nº 387/2006 de 20 de Junho de 2006.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3012/pl_22-2008.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3012/pl_22-2008.pdf</t>
   </si>
   <si>
     <t>Acrescenta Projetos e Programas ao Plano Plurianual para o período de 2006 à 2009, aprovado pela Lei Municipal n° 365 de 22.11.2005.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3013/pl_23-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3013/pl_23-2006.pdf</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3014/pl_24-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3014/pl_24-2006.pdf</t>
   </si>
   <si>
     <t>Isenta os aposentados e pensionistas de contribuição de melhoria e dá outras providências.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3015/pl_25-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3015/pl_25-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fechamento da travessia D2, e dá outras providências.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3016/pl_26-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3016/pl_26-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a doação de areia e dá outras providências.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3069/pl_27-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3069/pl_27-2006.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 355, de 25 de agosto de 2005 que reestruturam o Regime Próprio de Previdência Social do município de Querência - MT e dá outras providências.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3070/pl_28-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3070/pl_28-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Suplementar por excesso de arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3071/pl_29-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3071/pl_29-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização da abertura de Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3072/pl_30-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3072/pl_30-2006.pdf</t>
   </si>
   <si>
     <t>Cria o conselho comunitário de segurança pública, e dá outras providências.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3073/pl_31-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3073/pl_31-2006.pdf</t>
   </si>
   <si>
     <t>Institui feriado municipal à ser comemorado em homenagem a padroeira do município Nossa Senhora Imaculada Conceição.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3074/pl_32-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3074/pl_32-2006.pdf</t>
   </si>
   <si>
     <t>Institui feriado municipal.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3079/pl_33-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3079/pl_33-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Lotacionograma da Prefeitura Municipal de Querência - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3080/pl_34-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3080/pl_34-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de contratação dos Agentes Comunitários de Saúde e dos Agentes de Combate às endemias, nos termos da Lei Federal_x000D_
  n° 11.350/2006, e dá outras providências.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3081/pl_35-2006.pdf</t>
+    <t>http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3081/pl_35-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o transporte escolar da rede pública de ensino do município de Querência - MT, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -805,67 +805,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2908/pl_01-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2909/pl_02-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2910/pl_03-2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2943/pl_04-2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2969/pl_005-2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2968/pl_006-2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2974/pl_007-2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2975/pl_08-2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2979/pl_09-2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2982/pl_10-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2984/pl_11-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2992/pl_12-2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2994/pl_13-2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2999/pl_14-2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3003/pl_15-2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3005/pl_16-2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3006/pl_17-2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3007/pl_18-2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3009/pl_19-2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3010/pl_20-2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3011/pl_21-2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3012/pl_22-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3013/pl_23-2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3014/pl_24-2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3015/pl_25-2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3016/pl_26-2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3069/pl_27-2006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3070/pl_28-2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3071/pl_29-2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3072/pl_30-2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3073/pl_31-2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3074/pl_32-2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3079/pl_33-2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3080/pl_34-2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3081/pl_35-2006.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2908/pl_01-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2909/pl_02-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2910/pl_03-2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2943/pl_04-2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2969/pl_005-2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2968/pl_006-2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2974/pl_007-2006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2975/pl_08-2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2979/pl_09-2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2982/pl_10-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2984/pl_11-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2992/pl_12-2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2994/pl_13-2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/2999/pl_14-2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3003/pl_15-2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3005/pl_16-2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3006/pl_17-2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3007/pl_18-2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3009/pl_19-2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3010/pl_20-2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3011/pl_21-2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3012/pl_22-2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3013/pl_23-2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3014/pl_24-2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3015/pl_25-2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3016/pl_26-2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3069/pl_27-2006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3070/pl_28-2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3071/pl_29-2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3072/pl_30-2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3073/pl_31-2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3074/pl_32-2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3079/pl_33-2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3080/pl_34-2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.querencia.mt.leg.br/media/sapl/public/materialegislativa/2006/3081/pl_35-2006.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="156.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>